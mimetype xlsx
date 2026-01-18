--- v0 (2025-11-22)
+++ v1 (2026-01-18)
@@ -1202,51 +1202,51 @@
   <si>
     <t>MIONEX 400MG TABLETS</t>
   </si>
   <si>
     <t>( Moxifloxacin USP )</t>
   </si>
   <si>
     <t>MIONEX OPHTHALMIC SOLUTION</t>
   </si>
   <si>
     <t>AFN 71.16</t>
   </si>
   <si>
     <t>MITS 7.5MG TABLETS</t>
   </si>
   <si>
     <t>( Meloxicam BP 7.5mg )</t>
   </si>
   <si>
     <t>AFN 44.63</t>
   </si>
   <si>
     <t>MITS-DS 15MG TABLETS</t>
   </si>
   <si>
-    <t>( Mecloxicam B.P 15mg )</t>
+    <t>( Meloxicam B.P 15mg )</t>
   </si>
   <si>
     <t>AFN 74.38</t>
   </si>
   <si>
     <t>MYDEX OPHTHALMIC SUSPENSION</t>
   </si>
   <si>
     <t>( Tobramycin USP + Dexamethasone USP )</t>
   </si>
   <si>
     <t>AFN 50.98</t>
   </si>
   <si>
     <t>NEPAFEN OPHTHALMIC SUSPENSION</t>
   </si>
   <si>
     <t>( Nepafenac 0.1% )</t>
   </si>
   <si>
     <t>AFN 103.53</t>
   </si>
   <si>
     <t>ORITIDE 50MG TABLETS</t>
   </si>