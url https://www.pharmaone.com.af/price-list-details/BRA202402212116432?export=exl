--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>(Blocked) FIST 75MG TABLETS (10's)</t>
   </si>
   <si>
@@ -275,51 +275,51 @@
   <si>
     <t>BIVOLOL 5MG TABLETS</t>
   </si>
   <si>
     <t>( Nebivolol 5mg )</t>
   </si>
   <si>
     <t>AFN 64.72</t>
   </si>
   <si>
     <t>BOOST TABLETS</t>
   </si>
   <si>
     <t>( OSSEIN MINERAL COMPLEX )</t>
   </si>
   <si>
     <t>AFN 63.34</t>
   </si>
   <si>
     <t>BROTIN 2.5MG TABLETS</t>
   </si>
   <si>
     <t>( Bromocriptine as Mesylate) BP 2.5mg )</t>
   </si>
   <si>
-    <t>AFN 157.45</t>
+    <t>AFN 168.47</t>
   </si>
   <si>
     <t>CEFTIZ 1000MG INJECTION</t>
   </si>
   <si>
     <t>( Ceftazidime Pentahydrate USP 1000mg )</t>
   </si>
   <si>
     <t>AFN 105.45</t>
   </si>
   <si>
     <t>CEFTIZ 250MG INJECTION</t>
   </si>
   <si>
     <t>( Ceftazidime Pentahydrate USP 250mg )</t>
   </si>
   <si>
     <t>AFN 36.91</t>
   </si>
   <si>
     <t>CEFTIZ 500MG INJECTION</t>
   </si>
   <si>
     <t>( Ceftazidime Pentahydrate USP 500mg )</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>AFN 70.95</t>
   </si>
   <si>
     <t>ERAZE 20MG TABLETS</t>
   </si>
   <si>
     <t>( Rabeprazole 20mg )</t>
   </si>
   <si>
     <t>ESSO 20MG CAPSULES</t>
   </si>
   <si>
     <t>( Esomeprazole 20mg USP )</t>
   </si>
   <si>
     <t>AFN 89.49</t>
   </si>
   <si>
     <t>ESSO 40MG CAPSULES</t>
   </si>
   <si>
     <t>( Esomeprazole 40mg USP )</t>
   </si>
   <si>
-    <t>AFN 145.18</t>
+    <t>AFN 152.32</t>
   </si>
   <si>
     <t>ESSO IV 40MG INJECTION</t>
   </si>
   <si>
     <t>( Esomeprazole 40mg )</t>
   </si>
   <si>
     <t>AFN 150.42</t>
   </si>
   <si>
     <t>ESSO-NS FORTE TABLET</t>
   </si>
   <si>
     <t>( Esomeprazole 20MG+NAPROXEN 500MG )</t>
   </si>
   <si>
     <t>AFN 285.60</t>
   </si>
   <si>
     <t>ESSO-NS TABLET</t>
   </si>
   <si>
     <t>( Esomeprazole 20MG+NAPROXEN 375MG )</t>
   </si>
@@ -1196,60 +1196,60 @@
   <si>
     <t>MICASEPT 20G TOPICAL CREAM</t>
   </si>
   <si>
     <t>AFN 23.74</t>
   </si>
   <si>
     <t>MIONEX 400MG TABLETS</t>
   </si>
   <si>
     <t>( Moxifloxacin USP )</t>
   </si>
   <si>
     <t>MIONEX OPHTHALMIC SOLUTION</t>
   </si>
   <si>
     <t>AFN 71.16</t>
   </si>
   <si>
     <t>MITS 7.5MG TABLETS</t>
   </si>
   <si>
     <t>( Meloxicam BP 7.5mg )</t>
   </si>
   <si>
-    <t>AFN 44.63</t>
+    <t>AFN 77.35</t>
   </si>
   <si>
     <t>MITS-DS 15MG TABLETS</t>
   </si>
   <si>
     <t>( Meloxicam B.P 15mg )</t>
   </si>
   <si>
-    <t>AFN 74.38</t>
+    <t>AFN 124.95</t>
   </si>
   <si>
     <t>MYDEX OPHTHALMIC SUSPENSION</t>
   </si>
   <si>
     <t>( Tobramycin USP + Dexamethasone USP )</t>
   </si>
   <si>
     <t>AFN 50.98</t>
   </si>
   <si>
     <t>NEPAFEN OPHTHALMIC SUSPENSION</t>
   </si>
   <si>
     <t>( Nepafenac 0.1% )</t>
   </si>
   <si>
     <t>AFN 103.53</t>
   </si>
   <si>
     <t>ORITIDE 50MG TABLETS</t>
   </si>
   <si>
     <t>( Vildagliptin 50mg )</t>
   </si>
@@ -1370,51 +1370,51 @@
   <si>
     <t>AFN 120.43</t>
   </si>
   <si>
     <t>RUWIN 100MG/5ML SUSPENSION</t>
   </si>
   <si>
     <t>( Cefixime U.S.P )</t>
   </si>
   <si>
     <t>AFN 72.65</t>
   </si>
   <si>
     <t>RUWIN 200MG CAPSULES</t>
   </si>
   <si>
     <t>( Cefexime 200mg )</t>
   </si>
   <si>
     <t>AFN 75.36</t>
   </si>
   <si>
     <t>RUWIN DS 200MG/5ML SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 83.09</t>
+    <t>AFN 91.66</t>
   </si>
   <si>
     <t>RUWIN DS 400MG CAPSULES</t>
   </si>
   <si>
     <t>( Cefixime, J.P 400mg )</t>
   </si>
   <si>
     <t>AFN 121.67</t>
   </si>
   <si>
     <t>SENEX DRY PAWDER</t>
   </si>
   <si>
     <t>( Secnidazole )</t>
   </si>
   <si>
     <t>AFN 15.23</t>
   </si>
   <si>
     <t>SENEX FORTE 1G TABLETS</t>
   </si>
   <si>
     <t>( Secnidazole 1g )</t>
   </si>
@@ -1676,78 +1676,72 @@
   <si>
     <t>AFN 177.31</t>
   </si>
   <si>
     <t>ZEDRON 4MG/5ML ORAL SOLUTION</t>
   </si>
   <si>
     <t>( Ondansetron 4mg as HCl Dihydrate )</t>
   </si>
   <si>
     <t>Oral Solution</t>
   </si>
   <si>
     <t>AFN 116.38</t>
   </si>
   <si>
     <t>ZEDRON 8MG TABLETS</t>
   </si>
   <si>
     <t>ZEESPA 135MG TABLETS</t>
   </si>
   <si>
     <t>( Mebeverine Hydrochloride B.P 135mg )</t>
   </si>
   <si>
-    <t>AFN 86.87</t>
-[...1 lines deleted...]
-  <si>
     <t>ZEPAR 10ML SUSPENSION</t>
   </si>
   <si>
     <t>( Albendazole, USP )</t>
   </si>
   <si>
     <t>AFN 9.39</t>
   </si>
   <si>
     <t>ZEPAR 200MG TABLET</t>
   </si>
   <si>
     <t>( Albendazole, USP 200mg )</t>
   </si>
   <si>
     <t>AFN 7.45</t>
   </si>
   <si>
     <t>ZYBON-D TABLETS</t>
   </si>
   <si>
     <t>( Ossein Mineral Complex 830mg Vitamin D 400 IU )</t>
-  </si>
-[...1 lines deleted...]
-    <t>AFN 124.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -6581,120 +6575,120 @@
       </c>
       <c r="G195" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>552</v>
       </c>
       <c r="C196" t="s">
         <v>553</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
       <c r="E196">
         <v>30</v>
       </c>
       <c r="F196">
         <v>200</v>
       </c>
       <c r="G196" t="s">
-        <v>554</v>
+        <v>44</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" t="s">
+        <v>554</v>
+      </c>
+      <c r="C197" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="D197" t="s">
         <v>272</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197">
         <v>100</v>
       </c>
       <c r="G197" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" t="s">
+        <v>557</v>
+      </c>
+      <c r="C198" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
       <c r="E198">
         <v>2</v>
       </c>
       <c r="F198">
         <v>200</v>
       </c>
       <c r="G198" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" t="s">
+        <v>560</v>
+      </c>
+      <c r="C199" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
       <c r="E199">
         <v>30</v>
       </c>
       <c r="F199">
         <v>200</v>
       </c>
       <c r="G199" t="s">
-        <v>563</v>
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>